--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -1728,51 +1728,51 @@
     <t>Bosnia and Herzegovina</t>
   </si>
   <si>
     <t xml:space="preserve">Branka Popovica 56
 78000 - Banja Luka
 Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>sspk.bih@yahoo.com;sspkbhgeneralsecretary@gmail.com</t>
   </si>
   <si>
     <t>+387 51 923 048</t>
   </si>
   <si>
     <t>Tunisian Sport Dancing National Federation</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t xml:space="preserve">4 Avenue de la Ligue Arabe
 1002 - Belvedere
 Tunisia</t>
   </si>
   <si>
-    <t>chebbimariemdanse@gmail.com;mourad.snoussi@novita.com.tn</t>
+    <t>chebbimariemdanse@gmail.com</t>
   </si>
   <si>
     <t>+216 71286249</t>
   </si>
   <si>
     <t>Türkiye DanceSports Federation</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
     <t xml:space="preserve">KIZILIRMAK MAH. 1450. SOK. KARBEYAZ PLAZA
 NO:22/A KAT:5 DAİRE:10
 06530 - Ankara
 Türkiye</t>
   </si>
   <si>
     <t>www.tdsf.org.tr</t>
   </si>
   <si>
     <t>bilgi@tdsf.org.tr</t>
   </si>
   <si>
     <t>+90 0312 418 16 94</t>
   </si>