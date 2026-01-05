--- v1 (2025-12-13)
+++ v2 (2026-01-05)
@@ -242,51 +242,51 @@
   <si>
     <t xml:space="preserve">6 S. Dadashov str., Apt. 29 
 518-ci block
 AZ1078 - Baku
 Azerbaijan</t>
   </si>
   <si>
     <t>info@azdsf.az;tchernova.azdsf@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">+994 12 497 30 57 ;+994 12 510 94 92 </t>
   </si>
   <si>
     <t>Belarus Dance Sport Alliance</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
     <t xml:space="preserve">Surganova 2
 Office #16
 220012 - Minsk
 Belarus</t>
   </si>
   <si>
-    <t>www.sportdance.by</t>
+    <t>https://www.sportdance.by</t>
   </si>
   <si>
     <t>info@sportdance.by</t>
   </si>
   <si>
     <t>Belgian Dancesport Federation</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t xml:space="preserve">Kempenlaan 27
 2300  - Turnhout
 Belgium</t>
   </si>
   <si>
     <t>http://www.bdsf.be/</t>
   </si>
   <si>
     <t>office@bdsf.be</t>
   </si>
   <si>
     <t>+32 1471 1030</t>
   </si>
   <si>
@@ -1435,51 +1435,51 @@
  - Kathmandu
 Kathmandu District, Bagmati Province 
 Nepal</t>
   </si>
   <si>
     <t>nepalbreakindance@gmail.com</t>
   </si>
   <si>
     <t>New Zealand Dancesport Association</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t xml:space="preserve">8 Holcroft Place
 Stoke, Nelson 7011
 New Zealand</t>
   </si>
   <si>
     <t>www.dancesport.org.nz</t>
   </si>
   <si>
     <t>secretary@dancesport.org.nz</t>
   </si>
   <si>
-    <t>+64 21 339 655;+64 3 547 9321</t>
+    <t>+64 21 339 655</t>
   </si>
   <si>
     <t>Nigeria DanceSport Federation</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t xml:space="preserve">43, Adegoke Street off Masha Surulere
 100242 - Lagos
 Nigeria</t>
   </si>
   <si>
     <t>www.dancesportnigeria.org</t>
   </si>
   <si>
     <t>godfrey.gaiya@dancesportnigeria.org;info@dancesportnigeria.org</t>
   </si>
   <si>
     <t>+2348158322362</t>
   </si>
   <si>
     <t>Norges Danseforbund</t>
   </si>
   <si>