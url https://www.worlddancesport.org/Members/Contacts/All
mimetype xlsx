--- v2 (2026-01-05)
+++ v3 (2026-03-10)
@@ -413,51 +413,51 @@
   <si>
     <t>www.ctdsf.org.tw</t>
   </si>
   <si>
     <t>pengyenming@gmail.com</t>
   </si>
   <si>
     <t>+886 2 8771 1501</t>
   </si>
   <si>
     <t xml:space="preserve">Conselho Nacional de Dança Desportiva </t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
     <t xml:space="preserve">Avenida Paulista, 2202 – 6º andar
 01310-932 - São Paulo
 Bela Vista São Paulo
 Brazil</t>
   </si>
   <si>
     <t>www.cndd.org.br</t>
   </si>
   <si>
-    <t>cndd@cndd.org.br;fabgirl.artsport@gmail.com;estelascperez@gmail.com</t>
+    <t>cndd@cndd.org.br;estelascperez@gmail.com</t>
   </si>
   <si>
     <t>Croatian Dance Sport Federation</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t xml:space="preserve">Ulica Fra Grge Martica 67/III
 10000 - Zagreb
 Croatia</t>
   </si>
   <si>
     <t>www.hsps.hr</t>
   </si>
   <si>
     <t>president@hsps.hr;generalsecretary@hsps.hr;predsjednik@hsps.hr;tajnik@hsps.hr</t>
   </si>
   <si>
     <t>Cyprus Federation of Social and Sport Dance</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
@@ -1749,51 +1749,51 @@
 1002 - Belvedere
 Tunisia</t>
   </si>
   <si>
     <t>chebbimariemdanse@gmail.com</t>
   </si>
   <si>
     <t>+216 71286249</t>
   </si>
   <si>
     <t>Türkiye DanceSports Federation</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
     <t xml:space="preserve">KIZILIRMAK MAH. 1450. SOK. KARBEYAZ PLAZA
 NO:22/A KAT:5 DAİRE:10
 06530 - Ankara
 Türkiye</t>
   </si>
   <si>
     <t>www.tdsf.org.tr</t>
   </si>
   <si>
-    <t>bilgi@tdsf.org.tr</t>
+    <t>bilgi@tdsf.org.tr;tunceryucesan@gmail.com</t>
   </si>
   <si>
     <t>+90 0312 418 16 94</t>
   </si>
   <si>
     <t>Turkmenistan Federation of DanceSport</t>
   </si>
   <si>
     <t>Turkmenistan</t>
   </si>
   <si>
     <t xml:space="preserve">Parakhat 1, building 68, apt.257
  - Ashkhabat
 Turkmenistan</t>
   </si>
   <si>
     <t>dancesporttm@gmail.com</t>
   </si>
   <si>
     <t>+ 993 124 741 73</t>
   </si>
   <si>
     <t>Uganda DanceSport Federation</t>
   </si>
   <si>
@@ -1913,51 +1913,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr ">
   <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>