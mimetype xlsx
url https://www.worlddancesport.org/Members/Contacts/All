--- v3 (2026-03-10)
+++ v4 (2026-03-31)
@@ -1825,51 +1825,51 @@
     <t xml:space="preserve">2870 Kerrisdale Ridge Dr
 Medford  OR  97504
 United States</t>
   </si>
   <si>
     <t>http://www.usadance.org/</t>
   </si>
   <si>
     <t>President@usadance.org;international-advisor@usadance.org</t>
   </si>
   <si>
     <t>662-316-3944</t>
   </si>
   <si>
     <t>Uzbekistan Dance Sport Federation</t>
   </si>
   <si>
     <t>Uzbekistan</t>
   </si>
   <si>
     <t xml:space="preserve">Shahrisabz st. 85, Yashnabad District
 100047 - Tashkent City
 Uzbekistan</t>
   </si>
   <si>
-    <t>uzbdsf@inbox.ru</t>
+    <t>uzbdsf@inbox.ru;Vasiliy-eleks@mail.ru</t>
   </si>
   <si>
     <t>+998 901 295249</t>
   </si>
   <si>
     <t>Vietnam DanceSport Association</t>
   </si>
   <si>
     <t>Vietnam</t>
   </si>
   <si>
     <t xml:space="preserve">No 36, Tranphu Street, Badinh District
 4 - Hanoi City
 Vietnam</t>
   </si>
   <si>
     <t>https://ds.vgf-gym.com/</t>
   </si>
   <si>
     <t>vngymnastics@gmail.com</t>
   </si>
   <si>
     <t>+084 4 7472078</t>
   </si>
   <si>