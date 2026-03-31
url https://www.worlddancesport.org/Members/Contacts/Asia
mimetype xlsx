--- v1 (2026-03-10)
+++ v2 (2026-03-31)
@@ -396,51 +396,51 @@
     <t>Turkmenistan</t>
   </si>
   <si>
     <t xml:space="preserve">Parakhat 1, building 68, apt.257
  - Ashkhabat
 Turkmenistan</t>
   </si>
   <si>
     <t>dancesporttm@gmail.com</t>
   </si>
   <si>
     <t>+ 993 124 741 73</t>
   </si>
   <si>
     <t>Uzbekistan Dance Sport Federation</t>
   </si>
   <si>
     <t>Uzbekistan</t>
   </si>
   <si>
     <t xml:space="preserve">Shahrisabz st. 85, Yashnabad District
 100047 - Tashkent City
 Uzbekistan</t>
   </si>
   <si>
-    <t>uzbdsf@inbox.ru</t>
+    <t>uzbdsf@inbox.ru;Vasiliy-eleks@mail.ru</t>
   </si>
   <si>
     <t>+998 901 295249</t>
   </si>
   <si>
     <t>Vietnam DanceSport Association</t>
   </si>
   <si>
     <t>Vietnam</t>
   </si>
   <si>
     <t xml:space="preserve">No 36, Tranphu Street, Badinh District
 4 - Hanoi City
 Vietnam</t>
   </si>
   <si>
     <t>https://ds.vgf-gym.com/</t>
   </si>
   <si>
     <t>vngymnastics@gmail.com</t>
   </si>
   <si>
     <t>+084 4 7472078</t>
   </si>
 </sst>