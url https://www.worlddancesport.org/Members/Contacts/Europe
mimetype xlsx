--- v0 (2025-12-05)
+++ v1 (2026-01-05)
@@ -141,51 +141,51 @@
   <si>
     <t xml:space="preserve">6 S. Dadashov str., Apt. 29 
 518-ci block
 AZ1078 - Baku
 Azerbaijan</t>
   </si>
   <si>
     <t>info@azdsf.az;tchernova.azdsf@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">+994 12 497 30 57 ;+994 12 510 94 92 </t>
   </si>
   <si>
     <t>Belarus Dance Sport Alliance</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
     <t xml:space="preserve">Surganova 2
 Office #16
 220012 - Minsk
 Belarus</t>
   </si>
   <si>
-    <t>www.sportdance.by</t>
+    <t>https://www.sportdance.by</t>
   </si>
   <si>
     <t>info@sportdance.by</t>
   </si>
   <si>
     <t>Belgian Dancesport Federation</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t xml:space="preserve">Kempenlaan 27
 2300  - Turnhout
 Belgium</t>
   </si>
   <si>
     <t>http://www.bdsf.be/</t>
   </si>
   <si>
     <t>office@bdsf.be</t>
   </si>
   <si>
     <t>+32 1471 1030</t>
   </si>
   <si>