--- v1 (2026-01-05)
+++ v2 (2026-03-10)
@@ -957,102 +957,102 @@
 78000 - Banja Luka
 Bosnia and Herzegovina</t>
   </si>
   <si>
     <t>sspk.bih@yahoo.com;sspkbhgeneralsecretary@gmail.com</t>
   </si>
   <si>
     <t>+387 51 923 048</t>
   </si>
   <si>
     <t>Türkiye DanceSports Federation</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
     <t xml:space="preserve">KIZILIRMAK MAH. 1450. SOK. KARBEYAZ PLAZA
 NO:22/A KAT:5 DAİRE:10
 06530 - Ankara
 Türkiye</t>
   </si>
   <si>
     <t>www.tdsf.org.tr</t>
   </si>
   <si>
-    <t>bilgi@tdsf.org.tr</t>
+    <t>bilgi@tdsf.org.tr;tunceryucesan@gmail.com</t>
   </si>
   <si>
     <t>+90 0312 418 16 94</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr ">
   <dimension ref="A1:H50"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>