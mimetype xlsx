--- v0 (2025-12-13)
+++ v1 (2026-01-05)
@@ -78,51 +78,51 @@
   </si>
   <si>
     <t>ceo@dancesport.org.au</t>
   </si>
   <si>
     <t>+61417 360 400</t>
   </si>
   <si>
     <t>New Zealand Dancesport Association</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t xml:space="preserve">8 Holcroft Place
 Stoke, Nelson 7011
 New Zealand</t>
   </si>
   <si>
     <t>www.dancesport.org.nz</t>
   </si>
   <si>
     <t>secretary@dancesport.org.nz</t>
   </si>
   <si>
-    <t>+64 21 339 655;+64 3 547 9321</t>
+    <t>+64 21 339 655</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>