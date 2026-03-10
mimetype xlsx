--- v1 (2026-01-05)
+++ v2 (2026-03-10)
@@ -126,51 +126,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr ">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>